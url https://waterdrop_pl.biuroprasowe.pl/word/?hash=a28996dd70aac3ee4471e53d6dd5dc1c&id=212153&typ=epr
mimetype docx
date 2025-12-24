--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -303,69 +303,78 @@
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">10 milionów odbiorców w całej Polsce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
-          <v:shape type="#_x0000_t75" style="width:900px; height:460px; margin-left:0px; margin-top:0px; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+          <v:shape type="#_x0000_t75" style="width:900px; height:600px; margin-left:0px; margin-top:0px; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Nowy smak Microdrinka Cola Orange </w:t>
+        <w:t xml:space="preserve">N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">owy smak Microdrinka Cola Orange </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Równolegle Waterdrop rozwija swoją ofertę produktową. Marka wprowadza nowy, limitowany smak Microdrinka – </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Cola Orange</w:t>
         </w:r>